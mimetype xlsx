--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -394,51 +394,51 @@
         </is>
       </c>
       <c r="H4" s="2" t="n">
         <v>1</v>
       </c>
       <c r="I4" s="3" t="n">
         <v>12900</v>
       </c>
       <c r="J4" s="4" t="n">
         <v>-1</v>
       </c>
       <c r="K4" s="5" t="n">
         <v>-57</v>
       </c>
       <c r="L4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1"/>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Реклама товаров в категории "Дом / Свеча" по состоянию на 16.10.2025</t>
+          <t>Реклама товаров в категории "Дом / Свеча" по состоянию на 30.11.2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1"/>
       <c r="B7" s="1" t="s">
         <f>HYPERLINK("https://problo.ru/", "PROBLO.RU")</f>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1"/>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Данные ещё по 8 артикулам в этой категории доступны после регистрации на сайте PROBLO.RU.</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1"/>
       <c r="B9" s="1" t="s">
         <f>HYPERLINK("https://problo.ru/tg_login.php", "Бесплатная регистрация")</f>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L9"/>