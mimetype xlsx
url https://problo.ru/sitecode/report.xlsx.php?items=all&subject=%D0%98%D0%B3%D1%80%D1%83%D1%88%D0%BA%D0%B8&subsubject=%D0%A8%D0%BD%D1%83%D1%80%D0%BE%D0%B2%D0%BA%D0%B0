--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -298,51 +298,51 @@
         </is>
       </c>
       <c r="H2" s="2" t="n">
         <v>1</v>
       </c>
       <c r="I2" s="3" t="n">
         <v>3854</v>
       </c>
       <c r="J2" s="4" t="n">
         <v>-1</v>
       </c>
       <c r="K2" s="5" t="n">
         <v>-40</v>
       </c>
       <c r="L2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1"/>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Реклама товаров в категории "Игрушки / Шнуровка" по состоянию на 16.10.2025</t>
+          <t>Реклама товаров в категории "Игрушки / Шнуровка" по состоянию на 30.11.2025</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1"/>
       <c r="B5" s="1" t="s">
         <f>HYPERLINK("https://problo.ru/", "PROBLO.RU")</f>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>